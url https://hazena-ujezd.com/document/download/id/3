--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DAF8E02" w14:textId="77777777" w:rsidR="003547B0" w:rsidRDefault="00C12770" w:rsidP="003A3F28">
+    <w:p w14:paraId="0DAF8E02" w14:textId="0D734209" w:rsidR="003547B0" w:rsidRDefault="00C12770" w:rsidP="003A3F28">
       <w:pPr>
         <w:ind w:firstLine="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roční poplatky pro </w:t>
       </w:r>
       <w:r w:rsidR="00220BAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -56,88 +56,88 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="003547B0">
-[...6 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B92527">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E2750">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">poplatky na kalendářní rok!!! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2430F98A" w14:textId="7D8C6299" w:rsidR="00C12770" w:rsidRPr="003A3F28" w:rsidRDefault="000E2750" w:rsidP="003A3F28">
+    <w:p w14:paraId="2430F98A" w14:textId="063402F4" w:rsidR="00C12770" w:rsidRDefault="000E2750" w:rsidP="003A3F28">
       <w:pPr>
         <w:ind w:firstLine="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poplatky </w:t>
       </w:r>
       <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -167,435 +167,585 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">příspěvek </w:t>
       </w:r>
       <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pro ČSH</w:t>
       </w:r>
       <w:r w:rsidR="00C12770">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ve výši 350Kč + sokolská známka děti </w:t>
       </w:r>
-      <w:r w:rsidR="003A3F28">
-[...6 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C12770">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">00Kč dospělí </w:t>
       </w:r>
-      <w:r w:rsidR="003A3F28">
-[...6 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C12770">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>00Kč + příspěvek oddílu</w:t>
       </w:r>
       <w:r w:rsidR="002459EB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> dle kategorie</w:t>
       </w:r>
       <w:r w:rsidR="00C12770">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E1EBAB" w14:textId="77777777" w:rsidR="00C12770" w:rsidRDefault="00C12770"/>
-    <w:p w14:paraId="1B51A424" w14:textId="747ADA62" w:rsidR="00C12770" w:rsidRPr="003A3F28" w:rsidRDefault="00804191" w:rsidP="00804191">
+    <w:p w14:paraId="6CBD029B" w14:textId="77777777" w:rsidR="00B92527" w:rsidRPr="003A3F28" w:rsidRDefault="00B92527" w:rsidP="003A3F28">
+      <w:pPr>
+        <w:ind w:firstLine="502"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05E1EBAB" w14:textId="0DF91BAF" w:rsidR="00C12770" w:rsidRDefault="00B92527" w:rsidP="00B92527">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Mikropřípravka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Žactvo</w:t>
+        <w:t xml:space="preserve">350 + </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">00 + </w:t>
+      </w:r>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BC70B2" w:rsidRPr="003A3F28">
-[...68 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1000</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3F28">
-        <w:rPr>
-[...25 lines deleted...]
-      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(nebo 0 – </w:t>
       </w:r>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>14</w:t>
-[...13 lines deleted...]
-        <w:tab/>
+        <w:t>let</w:t>
+      </w:r>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nehrají žádné soutěže</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2612A8E2" w14:textId="03B91104" w:rsidR="00C12770" w:rsidRPr="00AA3CBA" w:rsidRDefault="00804191" w:rsidP="002459EB">
-      <w:pPr>
+    <w:p w14:paraId="1B51A424" w14:textId="113E7577" w:rsidR="00C12770" w:rsidRPr="003A3F28" w:rsidRDefault="00804191" w:rsidP="00804191">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00FC29F0">
+      <w:r w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Žactvo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC70B2" w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-      <w:r w:rsidR="00FC29F0">
+        <w:t>350</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92527">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">00 + </w:t>
       </w:r>
-      <w:r w:rsidR="008C3D6B">
-[...13 lines deleted...]
-      <w:r w:rsidR="00FC29F0">
+      <w:r w:rsidR="00931F7C" w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00931F7C" w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC29F0" w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidR="003547B0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>30</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000846DC" w:rsidRPr="002D214A">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3F28">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
-      <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(nebo 15 – 18let)</w:t>
+        <w:t xml:space="preserve">(nebo </w:t>
+      </w:r>
+      <w:r w:rsidR="009570CA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>let)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="003A3F28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E5BB99" w14:textId="265363AF" w:rsidR="00C12770" w:rsidRPr="00AA3CBA" w:rsidRDefault="006A34B1" w:rsidP="002459EB">
+    <w:p w14:paraId="2612A8E2" w14:textId="662242B8" w:rsidR="00C12770" w:rsidRPr="00AA3CBA" w:rsidRDefault="00804191" w:rsidP="002459EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Dorost</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC29F0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC29F0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">350 + </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92527">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC29F0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 + </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3D6B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003A59A3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000846DC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC29F0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003547B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="000846DC" w:rsidRPr="002D214A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(nebo 15 – 18let)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E5BB99" w14:textId="363B4E2E" w:rsidR="00C12770" w:rsidRPr="00AA3CBA" w:rsidRDefault="006A34B1" w:rsidP="002459EB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ospělí </w:t>
       </w:r>
       <w:r w:rsidR="00FC29F0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FC29F0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">350 + </w:t>
       </w:r>
-      <w:r w:rsidR="003A3F28">
+      <w:r w:rsidR="00B92527">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC29F0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 + </w:t>
+      </w:r>
+      <w:r w:rsidR="00931F7C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003A59A3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00931F7C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="000846DC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC29F0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="00C12770" w:rsidRPr="00AA3CBA">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -693,93 +843,93 @@
       </w:r>
       <w:r w:rsidR="00220BAF" w:rsidRPr="001F0C62">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006A34B1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59602974" w14:textId="77777777" w:rsidR="00AF1B29" w:rsidRDefault="00AF1B29" w:rsidP="001F0C62">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AC83070" w14:textId="12E3597C" w:rsidR="002459EB" w:rsidRPr="001F0C62" w:rsidRDefault="006A34B1" w:rsidP="003A3F28">
+    <w:p w14:paraId="6AC83070" w14:textId="3613BC7B" w:rsidR="002459EB" w:rsidRPr="001F0C62" w:rsidRDefault="006A34B1" w:rsidP="003A3F28">
       <w:pPr>
         <w:ind w:firstLine="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pro hraniční ročníky se příspěvek určuje následovně – kalendářní</w:t>
       </w:r>
       <w:r w:rsidR="00906A7C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rok</w:t>
       </w:r>
       <w:r w:rsidR="00C4509B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (202</w:t>
       </w:r>
-      <w:r w:rsidR="00F666F6">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="003A59A3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C4509B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mínus rok narození.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9E446F" w14:textId="78B42F69" w:rsidR="00911B4A" w:rsidRDefault="00911B4A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -930,77 +1080,77 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E508650" w14:textId="77777777" w:rsidR="00B67C4F" w:rsidRPr="001F0C62" w:rsidRDefault="00B67C4F" w:rsidP="001F0C62">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B67C4F" w:rsidRPr="001F0C62">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ADA0C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7AA265A"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1237,130 +1387,136 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="357003042">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1217400213">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="620260483">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00590692"/>
+    <w:rsid w:val="000837F6"/>
     <w:rsid w:val="000846DC"/>
     <w:rsid w:val="000E2750"/>
     <w:rsid w:val="00145FAF"/>
     <w:rsid w:val="001F0C62"/>
     <w:rsid w:val="00220BAF"/>
     <w:rsid w:val="002459EB"/>
     <w:rsid w:val="002D214A"/>
     <w:rsid w:val="003547B0"/>
     <w:rsid w:val="003A3F28"/>
+    <w:rsid w:val="003A59A3"/>
     <w:rsid w:val="00520445"/>
     <w:rsid w:val="00590692"/>
     <w:rsid w:val="005A4E86"/>
     <w:rsid w:val="00685B0C"/>
     <w:rsid w:val="006A34B1"/>
     <w:rsid w:val="00804191"/>
+    <w:rsid w:val="008575E6"/>
     <w:rsid w:val="008C3D6B"/>
     <w:rsid w:val="008C7BA9"/>
     <w:rsid w:val="008F5984"/>
     <w:rsid w:val="00906A7C"/>
     <w:rsid w:val="00911B4A"/>
     <w:rsid w:val="00925CBD"/>
     <w:rsid w:val="00931F7C"/>
+    <w:rsid w:val="009570CA"/>
     <w:rsid w:val="009D0657"/>
     <w:rsid w:val="00AA3CBA"/>
     <w:rsid w:val="00AD5066"/>
     <w:rsid w:val="00AF1B29"/>
     <w:rsid w:val="00B67C4F"/>
+    <w:rsid w:val="00B92527"/>
     <w:rsid w:val="00BC70B2"/>
     <w:rsid w:val="00C12770"/>
     <w:rsid w:val="00C13DAD"/>
     <w:rsid w:val="00C4509B"/>
     <w:rsid w:val="00F666F6"/>
     <w:rsid w:val="00FC29F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4E520DFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6B26DF6E-66BF-4E0C-A950-1502DE9EB3B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1766,51 +1922,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002459EB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -2074,73 +2230,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>116</Words>
-  <Characters>690</Characters>
+  <Words>128</Words>
+  <Characters>756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>805</CharactersWithSpaces>
+  <CharactersWithSpaces>883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Luděk Kubát</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>